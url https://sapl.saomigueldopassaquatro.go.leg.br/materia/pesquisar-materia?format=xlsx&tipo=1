--- v0 (2025-10-05)
+++ v1 (2026-02-04)
@@ -10,215 +10,312 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1622" uniqueCount="634">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1901" uniqueCount="720">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>José Carlos, Cícero, Marquinho do Agro</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2026/321/scan2026-01-28_162648.pdf</t>
+  </si>
+  <si>
+    <t>Nos termos regimentais, requeiro a Vossa Excelência que seja apreciado e aprovado em plenário o presente REQUERIMENTO, com o objetivo de solicitar à Secretária Municipal de Saúde, Eleuza França de Melo, a adoção das seguintes medidas urgentes na rede municipal de saúde, visando melhorar a estrutura, a eficiência dos serviços e a qualidade do atendimento à população:_x000D_
+1.	Digitalização dos prontuários médicos e implantação de um sistema integrado de gerenciamento de saúde, garantindo maior agilidade, segurança e integração das informações;_x000D_
+2.	Instalação de infraestrutura de internet em todas as unidades de saúde e aquisição de equipamentos de informática adequados para modernização dos serviços;_x000D_
+3.	Aquisição de bebedouros em quantidade suficiente para atender pacientes e acompanhantes;_x000D_
+4.	Aquisição de cadeiras adequadas para a sala de espera da recepção, proporcionando maior conforto aos usuários;_x000D_
+5.	Instalação de ar-condicionado na sala de emergência, assegurando ambiente adequado para a</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Cícero</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2026/322/scan2026-01-28_161232.pdf</t>
+  </si>
+  <si>
+    <t>Nos termos regimentais, requeremos a Vossas Excelências que seja apreciado e aprovado em Plenário o presente REQUERIMENTO, com o objetivo de solicitar à Secretaria Municipal de Educação que, em conjunto com o Poder Executivo Municipal, inicie as tratativas e celebre convênio com a Polícia Militar do Estado de Goiás para a implantação de uma Escola Cívico-Militar (ECIM) no município de São Miguel do Passa Quatro._x000D_
+JUSTIFICATIVA:_x000D_
+A educação é o alicerce mais sólido para o desenvolvimento de uma sociedade. Nesse contexto, o Programa Nacional das Escolas Cívico-Militares (ECIMs), desenvolvido em parceria com as Forças de Segurança, como a Polícia Militar do Estado de Goiás, tem se destacado por promover um ambiente de ensino que alia excelência acadêmica, disciplina, valores cívicos, éticos e morais, respeitando a gestão pedagógica e administrativa das redes de ensino._x000D_
+É um projeto que visa, acima de tudo, oferecer uma opção educacional de altíssimo nível para as famílias de São Miguel do P</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Josimar</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2026/323/scan2026-01-28_163634.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, para que faça a inclusão do adicional noturno na folha de pagamento dos vencimentos dos motoristas de ambulâncias e veículos da saúde que necessitam realizar serviços no período noturno.</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Roselaine</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/</t>
+  </si>
+  <si>
+    <t>A Vereadora, no uso de suas atribuições regimentais e amparados pelo Regimento Interno desta Casa de Leis, requerem a Vossa Excelência que seja convocada, para comparecer em sessão ordinária desta Câmara, a Senhora Eleuza França de Melo, Secretária Municipal de Saúde, a fim de prestar esclarecimentos detalhados sobre os seguintes temas de extrema relevância para a saúde pública do município:_x000D_
+Digitalização e Sistema de Gestão; Infraestrutura Tecnológica; Instalação de bebedouros; melhorias no Mobiliário da Recepção; Climatização da sala de Emergência; situação dos equipamentos de Esterilização como autoclave; situação do Gerador de Emergência; Acomodação para Profissionais motoristas e plantonistas; Qualidade da Alimentação Hospitalar; Reforma estrutural do Hospital Santo Antônio.</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Heli</t>
+  </si>
+  <si>
+    <t>Dessa forma, vem requerer do Excelentíssimo prefeito municipal, Excelentíssimo Sr. Gilmar Pereira de Souza, solicitando a inclusão do piso salarial na folha de pagamento dos vencimentos das mnitoras de creche.</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Genivaldo</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2026/328/scan2026-02-03_142748.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, para que faça a construção de uma faixa de pedestre elevada na avenida Alcides Pereira de Castro, de frente para o supermercado Basílio.</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>A Vereadora, no exercício de suas atribuições regimentais e amparada pelo Regimento Interno desta Casa de Leis, requer a Vossa Excelência que se dirija à Senhora Eleuza França de Melo, Secretária Municipal de Saúde, solicitando-lhe os devidos esclarecimentos, de forma pormenorizada, sobre a aplicação dos recursos públicos destinados à saúde do município no ano de 2025._x000D_
+•	Relatórios financeiros detalhados;_x000D_
+•	Execução de emendas parlamentares específicas;_x000D_
+•	Gestão financeira e de pessoal do setor;_x000D_
+•	Prestação de contas dos recursos recebidos e aplicados.</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>A Vereadora, no exercício de suas atribuições regimentais e amparada pelo Regimento Interno desta Casa de Leis, requer a Vossa Excelência que envie expediente a Secretária Eleuza França de Melo, solicitando providências urgentes quanto informatização, integração e digitalização dos prontuários, pois todos os equipamentos necessários já se encontram na secretaria faltando apenas a instalação dos mesmos.</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>A Vereadora, no exercício de suas atribuições regimentais e amparada pelo Regimento Interno desta Casa de Leis, requer a Vossa Excelência que envie expediente ao Excelentíssimo prefeito Gilmar Pereira de Souza solicitando melhorias como coberturas nos alimentadores dos animais de rua, pois neste período chuvoso a ração que é colocada fica exposta as chuvas ocorrendo o desperdício e consequentemente prejuízos aos cofres públicos.</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>A Vereadora, no exercício de suas atribuições regimentais e amparada pelo Regimento Interno desta Casa de Leis, requer a Vossa Excelência que se dirija ao Excelentíssimo Prefeito Gilmar Pereira de Souza, solicitando que seja designado um profissional fisioterapeuta para atender os internos do Centro de Convivência e Apoio. Justifica a solicitação pois já houve tal atendimento e que não mais está sendo realizado e, este serviço é fundamental para dar maior mobilidade e qualidade de vida aos internos daquela instituição.</t>
+  </si>
+  <si>
     <t>181</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>1</t>
-[...10 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/181/scan2025-01-27_171837.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, para que faça a roçagem do mato nas ruas, calçadas e lotes baldios localizados no Setor São Braz.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>2</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/182/scan2025-01-27_171758.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, para que faça a revitalização da praça Adão Meireles. Justifica nossa solicitação pois é um local que necessita de melhorias do poder público para que as pessoas possam utilizar o local como área de lazer.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/185/req2025-02-03_152854.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, para que faça reforma em geral,  e conclua a construção de dois banheiros públicos no estádio José Batista da Paixão.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/186/2025-02-04_142146.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, para que faça manutenção preventiva como troca de óleo, suspensão, faróis, e demais manutenções essenciais para o funcionamento correto dos veículos e para um melhor atendimento aos usuários.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Dessa forma vem requerer do Excelentíssimo prefeito Gilmar Pereira de Souza que realize serviços de manutenção e conservação das ruas da cidade (tapa-buracos), pois estamos aproximando do período  final de chuvas intensas e  sendo necessário a realização deste serviço.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>Gilmar</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/188/scan2025-02-12_090451.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, que encaminhe a esta casa justificativas sobre o não pagamento das emendas impositivas referentes ao ano de 2024.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>7</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/191/scan2025-02-12_084030.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo prefeito municipal, Excelentíssimo Sr. Gilmar Pereira de Souza, solicitando o envio a esta casa de Leis projeto de Lei concedendo aumento salarial aos técnicos e técnicas de enfermagem, vigias, motoristas e administrativos.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>Marquinho do Agro</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/192/scan2025-02-12_083826.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, para que determine a instalação de placas de sinalização de trânsito deste a GO 139 até a escola Irmã Célia Cândida da Rocha na região do Passaquatinho. Solicita ainda a disposição de um contêiner de lixo na mesma escola de ensino fundamental.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/193/scan2025-02-12_083522.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, que faça a instalação de um alambrado na academia ao ar livre localizada ao lado da UBS.</t>
   </si>
   <si>
     <t>194</t>
-  </si>
-[...1 lines deleted...]
-    <t>10</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/194/scan2025-02-24_133425.pdf</t>
   </si>
   <si>
     <t>Eu, Gilmar José da Costa, Vereador no exercício do meu mandato, venho, respeitosamente, por meio deste, solicitar a Vossa Excelência após apreciação e aprovação em Plenário de um projeto de construção de um acesso viário ao lado da rodovia que interliga os Setores Pedro José de Aleluia e João Batista._x000D_
 Justifico a presente solicitação com base nas seguintes razões:_x000D_
 1.	Necessidade de Segurança: O tráfego na rodovia tem aumentado significativamente, e a falta de um acesso adequado entre os dois setores tem gerado riscos à segurança dos moradores, que precisam andar pela rodovia para se deslocar._x000D_
 2.	Desenvolvimento Comunitário: O novo acesso contribuirá para o desenvolvimento socioeconômico dos setores, facilitando o transporte de pessoas, mercadorias e serviços, além de valorizar as propriedades locais._x000D_
 3.	Demanda da População: A comunidade dos setores Pedro José de Aleluia e João Batista tem manifestado, reiteradas vezes, a necessidade dessa obra, que trará benefícios diretos à qualidade</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/195/scan2025-02-24_133804.pdf</t>
   </si>
   <si>
     <t>Eu, Josimar Inácio dos Santos, Vereador no exercício do meu mandato, venho, respeitosamente, por meio deste, solicitar a Vossa Excelência a construção de uma passarela no Lago Municipal, visando atender às necessidades da população e promover melhorias no espaço público._x000D_
 _x000D_
 Justifico a presente solicitação com base nos seguintes motivos:_x000D_
 _x000D_
@@ -240,53 +337,50 @@
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/196/scan2025-02-24_133946.pdf</t>
   </si>
   <si>
     <t>Os vereadores Guilherme Calixto de Carvalho e Genivaldo Vicente da Costa, Vereadores no exercício dos mandatos, vimos, respeitosamente, por meio deste, submeter à apreciação e votação em Plenário o presente requerimento, solicitando ao Excelentíssimo Senhor Prefeito Municipal que interceda junto à GOINFRA (Agência Goiana de Infraestrutura e Transportes) para que sejam realizadas as seguintes ações no trecho de declive da descida da serra:</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/201/req2025-02-28_134344.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, que envie equipes especializada no terreno da construção da escola de seis salas e faça a roçagem do mato.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>Genivaldo</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/202/req2025-02-28_134548.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, para que envie uma equipe técnica e faça a recuperação das cacimbas dentro da propriedade do Sr. João Braz.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/203/req2025-02-28_134053.pdf</t>
   </si>
   <si>
     <t>O Vereador no exercício do meu mandato, vem, respeitosamente, por meio deste, solicitar a Vossa Excelência após apreciação e aprovação em Plenário convidar o Sr. Secretário de Gestão, Planejamento e Finanças do Executivo o sr. Rodrigo Gregório da Costa Souza para prestar esclarecimentos acerca do não pagamento das emendas impositivas do Poder Legislativo, referentes ao exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>José Carlos</t>
@@ -514,53 +608,50 @@
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/227/scan2025-04-23_150642.pdf</t>
   </si>
   <si>
     <t>Requer do Ilustríssimo Senhor Luciano Marçal de Bastos, gestor do Fundo de Previdência Municipal o envio a esta Casa de Leis do relatório financeiro previdenciário referente ao mês de março, contendo arrecadação, saldo em caixa, despesas administrativas, despesas previdenciárias e situação do pagamento das guias previdenciárias.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/228/scan2025-04-23_145206.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, que faça a substituição dos bloquetes sextavados da rua Felipe da Costa por pavimentação asfáltica.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>37</t>
-  </si>
-[...1 lines deleted...]
-    <t>Roselaine</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/229/scan2025-04-23_145530.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, nos termos do  Regimento Interno da Câmara Municipal, que o prefeito municipal o Sr. Gilmar Pereira de souza encaminhe à esta Casa, para apreciação em Plenário, proposta visando a contratação de profissional especializado em Transtorno do Déficit de Atenção e Hiperatividade (TDAH), depressão, autismo e demais condições psiquiátricas, para atuação na rede municipal de saúde e educação.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/230/scan2025-04-23_151455.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo prefeito municipal, Excelentíssimo Sr. Gilmar Pereira de Souza, solicitando a contratação de um profissional especializado em mecânica pesada para atuar diretamente com a manutenção das máquinas do município.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>39</t>
   </si>
@@ -1056,171 +1147,441 @@
  _x000D_
 A ausência de resposta dos requerimentos feitos por Parlamentares desta Câmara poderá acarretar crime de responsabilidade descrito no artigo 11 da Lei 8.429/92 (Lei de Improbidade Administrativa), bem como infração político-administrativa...</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/284/scan2025-09-30_150656.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza que encaminhe equipe especializada para realizar serviços de limpeza na rua João de Barro, incluindo retirada de carro velho o que possibilita a criação e proliferação do mosquito da dengue pela cidade.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Solicita do prefeito municipal senhor Gilmar Pereira de Souza, que faça recuperação das vias pavimentadas da cidade onde a empresa Saneago realizou serviços em suas tubulações deixando as ruas esburacadas, podendo inclusive provocar acidentes por falta de sinalização adequada nos diversos pontos de intervenção realizados pela Saneago.</t>
   </si>
   <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>Roselaine, Cícero, Genivaldo, Gilmar, Guilherme, Heli, José Carlos, Josimar, Marquinho do Agro</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/286/scan2025-10-10_163018.pdf</t>
+  </si>
+  <si>
+    <t>Subscrevem o presente reuerimento os vereadores abaixo identificados e como devido respeito, solictiam a Vossa Excelência que ouvos os setores técnicos competentes, se assim entender cabível, seja encaminhado aos órgaos competentes do poder Executivo o pedido de transferência do local de plantão das equipes de ambulância para as dependências da unidade Básica de Saúde (UBS) do setor João Batista.</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>O Vereador inscrito no quadro desta Casa Legislativa, no pleno exercício de seu mandato e no uso de suas atribuições legais, vem respeitosamente perante Vossa Excelência SOLICITAR a imediata SUBSTITUIÇÃO DE UM POSTE DE ILUMINAÇÃO localizado no Estádio Municipal José Batista da Paixão._x000D_
+Conforme verificado in loco e mediante relatos de munícipes, o referido poste encontra-se quebrado e em estado de deterioração avançado, apresentando sério risco de desabamento._x000D_
+O referido poste é essencial para a segurança e utilização do espaço pela comunidade, especialmente em eventos e para a prática esportiva noturna, constitui um perigo iminente para a integridade física de todos os frequentadores do estádio, incluindo atletas, espectadores e transeuntes._x000D_
+Diante do exposto e considerando a obrigação do Poder Público de zelar pela segurança e pela manutenção dos equipamentos públicos, peço a Vossa Excelência que determine aos órgãos competentes, preferencialmente à Secretaria M</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/288/scan2025-10-15_082439.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador inscrito no quadro desta Casa Legislativa, no pleno exercício de seu mandato e no uso de suas atribuições legais, vem respeitosamente perante Vossa Excelência  SOLICITAR a REALIZAÇÃO DE MANUTENÇÃO URGENTE NO CAMINHÃO PRENSA pertencente à frota municipal._x000D_
+Conforme é de conhecimento desta Casa e da Administração Pública, o caminhão prensa é um equipamento de suma importância para o sistema de limpeza pública e coleta de resíduos sólidos do município. A sua constante e adequada operação é fundamental para a otimização de recursos, a preservação do meio ambiente e, sobretudo, para a manutenção da salubridade pública, evitando o acúmulo de lixo e consequentes problemas de saúde para a população.</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/289/scan2025-10-15_082759.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador inscrito no quadro desta Casa Legislativa, no pleno exercício de seu mandato e no uso de suas atribuições legais, vem respeitosamente perante Vossa Excelência SOLICITAR providências no seguinte sentido:_x000D_
+1.	Que seja instalada uma placa de advertência, com os dizeres "PROIBIDO JOGAR LIXO - Sujeito a Multa", na margem da rodovia nas entradas principais da cidade, locais de acesso frequente e visibilidade, onde historicamente se verifica o descarte irregular de resíduos._x000D_
+2.	Que seja intensificada a fiscalização, por meio da Secretaria do Meio ambiente a fim de coibir esta prática danosa._x000D_
+Justificativa:_x000D_
+A entrada de uma cidade é o "catão postal". O descarte irregular de lixo e entulho às margens da rodovia, além de gerar uma péssima imagem para o município perante visitantes, constitui um grave problema de saúde pública, meio ambiente e infraestrutura._x000D_
+Esta prática criminosa provoca a poluição do solo e de recursos hídricos, atrai animais peçonhentos e vetores de doenças, contrib</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/290/scan2025-10-15_083033.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador por esta Casa Legislativa, no pleno exercício de suas atribuições regimentais, VEM REQUERER junto ao Poder Executivo Municipal, que  sejam SUBSTITUÍDAS AS LÂMPADAS QUEIMADAS na iluminação pública ao longo de toda a extensão da Avenida Dupla que se inicia na Praça Santa Rita e se estende até a conexão com a GO-139 passando pelo setores Guarujá, Primavera e João Batista.</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/291/scan2025-10-15_081018.pdf</t>
+  </si>
+  <si>
+    <t>Requeremos que seja oficialmente solicitado ao Poder Executivo Municipal, por intermédio de ofício, as seguintes informações:_x000D_
+1.	O nome completo ou razão social da empresa, consórcio ou entidade contratada para a realização de auditoria/auditoria independente nas contas do Município, referente ao exercício de 2024 e 2025._x000D_
+2.	Uma cópia integral do instrumento contratual  celebrado entre a Prefeitura Municipal e a referida empresa, com todos os seus anexos._x000D_
+3.	O valor total do contrato, o objeto específico dos serviços e o detalhamento de todas as despesas correlatas, incluindo empenhos, liquidações e pagamentos efetuados até a presente data.</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/292/scan2025-11-05_094250.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, que envie equipe técnica para substituição de lâmpadas queimadas no setor Alzira, pois no bairro há inúmeras lâmpadas queimadas tornando as ruas totalmente escuras e consequentemente mais perigosas.</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/293/scan2025-11-05_094506.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza, que determine a substituição dos bancos quebrados da praça Sebastião Gonçalves da Silva. Sendo a praça o principal ponto turístico da cidade, local de grande visitação e não pode permanecer com os bancos quebrados pois servem de assentos para as pessoas que por ali passam e desejam utilizar dos bancos para um breve descanso.</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/294/scan2025-11-05_094650.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores infra-assinados, no uso de suas atribuições legais e regimentais, vêm respeitosamente requerer, após ouvido o Plenário, que seja oficiado ao Chefe do Poder Executivo Municipal, Senhor Gilmar Pereira de Souza, para que informe e comprove o cumprimento integral da Emenda à Lei Orgânica nº 01/2025, especialmente quanto aos seguintes pontos:_x000D_
+1.	A criação das contas bancárias exclusivas destinadas ao depósito e movimentação dos valores correspondentes às emendas parlamentares, nos termos do § 8º do art. 132-A da Lei Orgânica Municipal;_x000D_
+_x000D_
+2.	A indicação e envio ao Poder Legislativo das informações das contas abertas, especificando:_x000D_
+o	Banco, agência e número de cada conta;_x000D_
+o	Emenda a que se vincula;_x000D_
+o	Data de abertura e saldo atual;_x000D_
+_x000D_
+3.	A publicação bimestral, no site eletrônico oficial do Município, dos relatórios de execução das emendas parlamentares, conforme determina o § 7º do mesmo artigo;_x000D_
+_x000D_
+4.	O cronograma de execução das emendas, indicando valores empenhados, pagos e etapa</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/295/scan2025-11-05_093944.pdf</t>
+  </si>
+  <si>
+    <t>O vereador infra-assinado, no uso de suas atribuições legais e regimentais, vêm respeitosamente requerer, após ouvido o Plenário, que seja realizado a manutenção e recuperação da rua Miguel Gregório de Souza no Residencial Tobias.</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>O vereador infra-assinado, no uso de suas atribuições legais e regimentais, vêm respeitosamente requerer, após ouvido o Plenário, que seja oficiado ao Chefe do Poder Executivo Municipal, Senhor Gilmar Pereira de Souza, para que faça a instalação de redutor de velocidade na rua 09 no setor João Batista em frente a praça Olívia vieira Machado.</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>O vereador infra-assinado, no uso de suas atribuições legais e regimentais, vêm respeitosamente requerer, após ouvido o Plenário, que seja oficiado ao Chefe do Poder Executivo Municipal, Senhor Gilmar Pereira de Souza, para que realize serviços de limpeza do rego d’agua que abastece a horta municipal e ainda que seja realizado serviço de tapa buraco e manutenção da rua que dá acesso a referida horta municipal.</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>O vereador infra-assinado, no uso de suas atribuições legais e regimentais, vêm respeitosamente requerer, após ouvido o Plenário, que seja enviado as seguintes informações a este Legislativo: Quais critérios e regulamentos serão observados pela Secretaria de Ação Social juntamente com o prefeito deste município para a seleção dos beneficiados do Programa Minha Casa Minha Vida e, o local onde serão construídas as casas.</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>Requer do Excelentíssimo prefeito municipal, Gilmar Pereira de Souza que realize obras de reforma do salão social Maria Izabel, especialmente no telhado.</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Convocar o Senhor LUCIANO MARÇAL DE BASTOS, Gestor do Fundo de Previdência Municipal, para, na forma regimental, comparecer perante o Plenário desta Câmara Municipal, a fim de prestar os devidos esclarecimentos sobre:_x000D_
+a) A situação atual, a gestão e a sustentabilidade financeira do Fundo de Previdência Municipal;_x000D_
+b) E, ainda, sobre as atividades e os procedimentos do Controle Interno do Município, pasta da qual foi titular até o final do último exercício (2024).</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Convocação do Senhor RODRIGO GREGORIO DA COSTA SOUZA, Secretário Municipal de Gestão, Planejamento e Finanças, para, na forma do Art. 161 do Regimento Interno, comparecer perante o Plenário desta Câmara Municipal na Sessão Ordinária do dia 25 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>Que o Plenário desta Casa Legislativa APROVE o presente requerimento, no sentido de:_x000D_
+1. Solicitar formalmente ao PODER EXECUTIVO MUNICIPAL que adote as providências necessárias e urgentes para o PAGAMENTO INTEGRAL do PISO SALARIAL NACIONAL DO MAGISTÉRIO, conforme Lei Federal nº 11.738/2008, relativo ao percentual de 22,01% que se encontra em atraso;_x000D_
+2. Ou, alternativamente, que convoque de imediato os representantes legítimos da categoria dos profissionais do magistério público municipal para a abertura de MESA DE NEGOCIAÇÕES, com o objetivo de estabelecer um cronograma de pagamento exequível e transparente para a referida dívida salarial, findando a atual situação de conflito e insegurança jurídica.</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/305/scan2025-11-17_100644.pdf</t>
+  </si>
+  <si>
+    <t>Dessa forma, vem requerer do Excelentíssimo prefeito municipal, Excelentíssimo Sr. Gilmar Pereira de Souza, solicitando para concluir a abertura e pavimentação de ruasno setor João Batista, principalmente na quadra ao lado da praça Olívia.</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/306/scan2025-11-17_102559.pdf</t>
+  </si>
+  <si>
+    <t>Dessa forma, vem requerer do Excelentíssimo prefeito municipal, Excelentíssimo Sr. Gilmar Pereira de Souza, solicitando que faça a construção de uma cabine de rádio para transmissão de jogos no estádio José Batista da Paixão.</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/307/scan2025-11-17_103641.pdf</t>
+  </si>
+  <si>
+    <t>Dessa forma, vem requerer do Excelentíssimo prefeito municipal, Excelentíssimo Sr. Gilmar Pereira de Souza, que junto a empresa concessionária de energia, Equatorial, que faça a instalação de um poste de sustenção de rede elétrica de frente a residência da senhora Alzira.</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/308/scan2025-11-17_103641.pdf</t>
+  </si>
+  <si>
+    <t>Dessa forma, vem requerer do Excelentíssimo prefeito municipal, Excelentíssimo Sr. Gilmar Pereira de Souza,  que interceda junto a Goinfra e faça obras de estreitamento do canteiro central da avenida das Palmeiras e alargando as ruas para dar maior espaço e fluidez no trânsito.</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/309/scan2025-11-19_152549.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador abaixo-assinado, no exercício regular de suas atribuições legais e regimentais, com fundamento no Regimento Interno desta Casa de Leis, VEM REQUERER a Vossa Excelência que seja incluído em Ordem do Dia, para apreciação e votação em plenário, o seguinte pedido:_x000D_
+Seja construído um quiosque com banheiro na orla do lago municipal Diego Fagundes.</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/310/scan2025-11-19_152858.pdf</t>
+  </si>
+  <si>
+    <t>Os abaixo-assinados, Vereadores desta Casa Legislativa, no pleno exercício de seus direitos e atribuições, com fundamento no Regimento Interno desta Câmara Municipal e da Lei Orgânica do Município, VEM, RESPEITOSAMENTE, REQUERER a Vossa Excelência que, se houver acatamento por parte deste Plenário, seja encaminhado este pedido ao Senhor Prefeito Municipal, solicitando as seguintes informações acerca das medidas que estão sendo tomadas para mitigar a crise hídrica que afeta o nosso município:_x000D_
+1.	Relatório das ações emergenciais e de médio/longo prazo já implementadas pela administração municipal para enfrentar a escassez de água._x000D_
+2.	Informações sobre a situação atual dos mananciais que abastecem o município._x000D_
+3.	Esclarecimentos sobre campanhas de conscientização ao uso racional da água, suas abrangências e investimentos._x000D_
+4.	Informações sobre investimentos em obras de infraestrutura para ampliação e reparo da rede de abastecimento da cidade, como construção de novos poços, estações de tra</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>Solicitando do Excelentíssimo Prefeito a formalização e regulamentação da planilha de cobrança para os serviços de máquinas e implementos rurais prestados no âmbito do Programa "Porteira Adentro"._x000D_
+A padronização dos valores é de fundamental importância para garantir transparência, equidade e segurança jurídica tanto para os produtores rurais quanto para o Poder Público Municipal.</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>O Vereador abaixo-assinado, no exercício regular de suas atribuições legais e regimentais, com fundamento no Regimento Interno desta Casa de Leis, VEM REQUERER à Mesa Diretora que, após as formalidades regimentais, seja submetido ao Plenário a solicitação de informações ao Excelentíssimo Senhor Prefeito Municipal, Gilmar Pereira._x000D_
+OBJETO: Solicitação de envio à Câmara Municipal de informações detalhadas sobre os valores financeiros repassados como transferência direta, ou qualquer valor referente a convênio, pela Prefeitura Municipal ao Centro de Convivência e Apoio (CCA), instituição que atende à população idosa deste município, referentes ao exercício de 2025.</t>
+  </si>
+  <si>
     <t>135</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>96</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_096.pdf</t>
   </si>
   <si>
     <t>Requer do prefeito que faça instalação de um redutor de velocidade e construa um bueiro na rua Geraldo Antônio Reginaldo no setor Pedro José de Aleluia.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>97</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/136/req97.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal Gilmar Pereira de Souza que faça a manutenção de um trecho da estrada vicinal na região da água vermelha nas proximidades da propriedade da senhora Maria Onofra.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>98</t>
-[...1 lines deleted...]
-  <si>
     <t>Lucas Tikin</t>
   </si>
   <si>
     <t>Solicita do Excelentíssimo Prefeito Gilmar Pereira de Souza que realize a instalação de lixeiras ao redor do alambrado do estádio municipal José Batista da Paixão.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>99</t>
-[...1 lines deleted...]
-  <si>
     <t>Solicita a substituição dos colchões e camas hospitalares do hospital municipal Santo Antônio de Pádua.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>100</t>
-[...1 lines deleted...]
-  <si>
     <t>Oneide</t>
   </si>
   <si>
     <t>Requer do prefeito municipal o excelentíssimo Sr. Gilmar Pereira de Souza que faça a aquisição ou construção de uma Rampa para troca de óleo a ser instalada na garagem municipal. Solicitamos também a instalação de uma caixa d’água com capacidade para de 5 mil litros nas mesmas dependências do prédio público.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>101</t>
-[...1 lines deleted...]
-  <si>
     <t>Requer do prefeito municipal o excelentíssimo Sr. Gilmar Pereira de Souza que faça a reforma da prensa do aterro sanitário, ainda, solicitamos a realização da coleta seletiva do lixo duas vezes por semana.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>102</t>
-[...1 lines deleted...]
-  <si>
     <t>Solicita do Prefeito Gilmar Pereira o transporte público aos alunos da rede municipal de ensino, uma vez que as escolas já estão sendo retomadas gradativamente, então que seja disponibilizado o meio de transporte para aqueles alunos que necessitam tanto da zona rural quanto da zona urbana.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>103</t>
-[...1 lines deleted...]
-  <si>
     <t>Solicita que o prefeito interceda junto a empresa Enel a fim de realizar a instalação de postes de sustentação da rede elétrica e que seja instalada a rede alta de energia na rua Joaquim Fernandes de Oliveira no centro da cidade.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>104</t>
-[...1 lines deleted...]
-  <si>
     <t>Kleison da Silva Vieira</t>
   </si>
   <si>
     <t>Solicita do Prefeito Gilmar Pereira de Souza que faça o pagamento das férias remuneradas, acrescidas de um terço, pois é direito de todos os trabalhadores obedecendo assim a Constituição Federal prevista no Art. 70, XVII, bem como no Art. 39, § 3º.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>105</t>
-[...1 lines deleted...]
-  <si>
     <t>Solicita do chefe do poder executivo municipal que realize reajustes nos salários dos vencimentos dos servidores efetivos do município da categoria Gari. São profissionais que há muito tempo não se tem um aumento justo em seus vencimentos, além de ser uma classe merecedora da valorização salarial proposta neste requerimento.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>106</t>
-[...1 lines deleted...]
-  <si>
     <t>Solicita do Presidente desta Casa Legislativa o envio de convocação ao Secretário Municipal de Administração, Rodrigo Gregório de Souza, nos termos do artigo 161 do Regimento Interno desta Egrégia Casa Legislativa,  para prestar as seguintes informações: 1: outorga e concessão de direito real de uso, para fins comerciais, dos imóveis caracterizados como “quiosques”, situados na Praça Sebastião Gonçalves da Silva, no Setor Central, do Município de São Miguel do Passa Quatro (GO), autorizado pela Lei Municipal nº867/2021. 2: Informações sobre o andamento da construção da obra denominada de feira do artesanato; 3: Informações  sobre o andamento da transferência para da UBS Irene Canedo para o prédio Jeová Gregório no setor João Batista.</t>
   </si>
   <si>
     <t>148</t>
-  </si>
-[...1 lines deleted...]
-    <t>107</t>
   </si>
   <si>
     <t>Solicita do Presidente desta Casa Legislativa que crie dentro da estrutura administrativa do quadro de servidores efetivos desta Casa de Leis os cargos de Assessor Jurídico e Assessor Contábil e solicita ainda que seja realizado concurso público para preenchimento das vagas criadas.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Solicita do Excelentíssimo Prefeito Gilmar Pereira de Souza que determine o recolhimento de garrafas e outras embalagens de vidro do aterro sanitário para que seja vendido para reciclagem. O método atual que está sendo usado é o descarte e soterramento das embalagens, lembrando que são embalagens com tempo indeterminado para sua decomposição uma vez levada para reciclagem o município estará contribuindo para a não poluição do meio ambiente e arrecadando com tal atitude.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo e da Secretaria Municipal de Infraestrutura que realize os serviços de tapa buraco nas ruas da cidade de São Miguel do Passa Quatro antes do período chuvoso.</t>
   </si>
   <si>
     <t>152</t>
   </si>
@@ -1397,57 +1758,51 @@
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo Prefeito Municipal que faça serviços de manutenção das estradas vicinais do Município de São Miguel do Passa Quatro, onde no período chuvoso estão muito danificadas prejudicando assim, o tráfego de veículos pelas vias rurais inclusive o transporte de alunos, da produção de grãos e leiteira do Município de São Miguel do Passa Quatro.</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo Prefeito Municipal que faça o pagamento imediato do “DATA-BASE” referente ao ano de 2018 aos servidores do Município de São Miguel do Passa Quatro.</t>
   </si>
   <si>
     <t>Dessa forma, envia ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, minuta de Projeto de Lei, onde o mesmo dispõe de novas regras sobre regularização fundiária rural e urbana no município de São Miguel do Passa Quatro.</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo Prefeito Municipal que envie cópias das notas fiscais referente a serviços mecânicos nos veículos do Município Palio weekend placas OGH 8018, OGH 8038 e OGH 8028; VW SAVEIRO placas NVO 4651, e Fiat PALIO placas PQU 2361.</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/70/req_257.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que determine a manutenção da rua que liga os setores João Batista e Setor Primavera, a rua está repleta de buracos e com poças de águas das chuvas.</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que faça a extensão da rede alta de energia elétrica da rua Horácio Cecilio Ceciliano e demais localidades necessárias como nos setores Guarujá, João Batista, Santa Cecília e setor Bela Vista.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>85</t>
-[...1 lines deleted...]
-  <si>
     <t>Na forma regimental REQUEIRO do Excelentíssimo Sr. Prefeito Municipal, Márcio Cecílio Ceciliano, que envie solicitação a empresa Enel  para que a mesma promova a instalação dos postes da rede elétrica na rua Joaquim Fernandes de Oliveira, desde a praça Sebastião Gonçalves da Silva até o lago municipal e na rua Graciano José da Silva do lago até a garagem municipal.</t>
-  </si>
-[...1 lines deleted...]
-    <t>95</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/95/271.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo Prefeito Municipal que envie equipes de trabalho para realizar a roçagem e limpeza da orla do lago, pois há extrema necessidade da realização deste serviço, pois com o mato muito alto passa a ser esconderijo de animais peçonhentos e pessoas que estão utilizando o local para o uso de entorpecentes.</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/96/272.pdf</t>
   </si>
   <si>
     <t>Na forma regimental REQUEIRO do Excelentíssimo Sr. Prefeito Municipal, Márcio Cecílio Ceciliano, que envie servidores para efetuarem a roçagem e limpeza dos lotes baldios localizados no setor João Batista.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/97/273.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que encaminhe equipes de manutenção de estradas para realizarem reparos na estrada estadual GO 219, no trecho de São Miguel do Passa Quatro até a região do Aborrecido, pois é uma estrada de grande movimento e de grande importância para o Município e a mesma apresenta mal estado de conservação dificultando o escoamento da produção e o tráfego de veículos de passeio.</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/98/274.pdf</t>
   </si>
@@ -1515,209 +1870,158 @@
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que faça o atendimento de retro escavadeira na limpeza de um rego d’água na região do Buriti, iniciando próximo a propriedade do Sr. Armindo Pedro passando pela propriedade do Sr. José Pedro, Sr. Geraldo e Lázaro Anacleto. Devido a grande extensão do rego d’água torna-se inviável realizar tal serviço de forma manual sendo indispensável o uso de máquina adequada.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/107/283.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo Prefeito Municipal que envie a esta Casa de Leis a relação dos nomes de pessoas físicas e jurídicas que receberam concessão de uso de imóveis públicos. Solicita ainda o envio da relação de todas as notificações extrajudiciais encaminhadas àqueles que possuem posse da concessão do município de janeiro/2019 até 31 de março/2019.</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/115/req284.pdf</t>
   </si>
   <si>
     <t>Dessa forma, envia ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, solicitando a instalação de câmeras de segurança no cemitério municipal Santo Arsênio a fim de evitar a depredação dos túmulos.</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/108/285.pdf</t>
   </si>
   <si>
     <t>Vereador que este subscreve, com assento nesta Casa Legislativa, vem perante Vossa Excelência, amparado no artigo 108 do Regimento Interno c/c artigo 46 da Lei Orgânica Municipal e demais disposições legais, solicitar a inclusão do presente requerimento para apreciação e votação do Plenário. _x000D_
 Requer do Excelentíssimo prefeito Márcio Cecílio Ceciliano que faça a manutenção necessária para correção do forro da ponte na propriedade do Sr. Realino Graciano da Cunha. A ponte está sem condições de tráfego oferecendo riscos para a comunidade que trafega pelo local.</t>
   </si>
   <si>
-    <t>286</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/113/286.pdf</t>
   </si>
   <si>
     <t>Vereador que este subscreve, com assento nesta Casa Legislativa, vem perante Vossa Excelência, amparado no artigo 108 do Regimento Interno c/c artigo 46 da Lei Orgânica Municipal e demais disposições legais, solicitar a inclusão do presente requerimento para apreciação e votação do Plenário. _x000D_
 Requer do Excelentíssimo prefeito Márcio Cecílio Ceciliano que faça a construção de uma ponte transposta sobre o Rio Passa Quatro entre as propriedades dos Srs. Antônio Barbosa e Zezé na região do Passaquatinho em caráter de urgência, uma vez que a ponte caiu devido as últimas cheias do rio e está sem condições de tráfego prejudicando muito o fluxo de veículos na região.</t>
   </si>
   <si>
-    <t>287</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/116/287.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que faça a limpeza do piso dos passeios da praça Sebastião Gonçalves da Silva. Com as chuvas formou-se musgos deixando o piso escorregadio o que pode provocar quedas dos pedestres, além de ser constrangedor pode ocasionar hematomas ou até mesmo fraturas.</t>
   </si>
   <si>
-    <t>288</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/117/req288.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que realize a manutenção das ruas do setor João Batista de Oliveira Neto, pois apesar deterem sido recuperadas a pouco tempo, mas com as recentes chuvas apresentam muitos buracos dificultando o acesso dos moradores.</t>
   </si>
   <si>
-    <t>289</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/118/req289.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que determine a pintura da sinalização horizontal das ruas da cidade, pois estão apagadas o que deve acontecer acidentes pela falta de manutenção da sinalização adequada.</t>
   </si>
   <si>
-    <t>290</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/119/req290.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Presidente da GOINFRA – Agência Goiana de Infraestrutura e Transportes, solicitando a reconstrução de uma ponte na GO 219, transposta sobre o Ribeirão Água Vermelha no Município de São Miguel do Passa Quatro. Justifica-se tal pedido, pois é uma rodovia de intenso tráfego de veículos sendo importante via de escoamento da produção de leite e de grãos do Município de São Miguel do Passa Quatro e região.</t>
   </si>
   <si>
-    <t>291</t>
-[...1 lines deleted...]
-  <si>
     <t>Dessa forma, vem requerer a convocação dos secretários municipais a comparecer a esta Casa dos senhores secretários municipais José Anivaldo da Costa e José Ricardo de Aleluia a prestarem esclarecimentos sobre a realização dos serviços, manutenção das vias públicas e obras rurais, pavimentação asfáltica, manutenção das ruas, praças e jardins e demais assuntos relacionados as pastas em que ocupam.</t>
-  </si>
-[...1 lines deleted...]
-    <t>292</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/109/req292.pdf</t>
   </si>
   <si>
     <t>Vereador que este subscreve, com assento nesta Casa Legislativa, vem perante Vossa Excelência, amparado no artigo 108 do Regimento Interno c/c artigo 46 da Lei Orgânica Municipal e demais disposições legais, solicitar a inclusão do presente requerimento para apreciação e votação do Plenário. _x000D_
 Requer do Excelentíssimo presidente desta Casa de Leis que envie expediente a GOINFRA () que providencie imediatamente a sinalização da GO 139 no trecho entre São Miguel do Passa Quatro e Vianópolis, pois a rodovia é de intenso tráfego por veículos pesados e principalmente por turistas que vão de Brasília a Caldas Novas e no período noturno não tem condições de trafegar pela via devido a falta de sinalização. Inúmeros acidentes graves com vítimas fatais já ocorreram e é responsabilidade do governo cuidar das melhores condições daquela rodovia para que não mais vidas sejam interrompidas pelo simples motivo de estarem buscando descanso com sua família ou esteja no cumprimento das obrigações de seu t</t>
-  </si>
-[...1 lines deleted...]
-    <t>293</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/121/req293.pdf</t>
   </si>
   <si>
     <t>Na forma regimental REQUEIRO do Excelentíssimo Sr. Prefeito Municipal, Márcio Cecílio Ceciliano, que determine a pintura das faixas de estacionamento de frente a escola municipal José Arnaldo Batista e de frente o Colégio Estadual Adonias Lemes do Prado._x000D_
 A pintura das faixas é fundamental para que os transportadores de alunos tenha um local seguro para estacionar seus veículos e realizarem o embarque e desembarque dos alunos._x000D_
 _x000D_
 Dado a relevância da matéria, a urgência da medida pleiteada e o incontestável interesse público, esperamos o pronto atendimento do presente pedido, pela autoridade requerida.</t>
   </si>
   <si>
-    <t>294</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/122/req294.pdf</t>
   </si>
   <si>
     <t>Na forma regimental REQUEIRO do Excelentíssimo Sr. Prefeito Municipal, Márcio Cecílio Ceciliano, que faça a construção de uma ponte transposta sobre o Córrego do Café na região do Rio Preto que dá acesso a propriedade do Sr. Miguel Joaquim Vieira e Luis Antônio de Oliveira._x000D_
 A região é grande produtora de leite e de grãos sendo necessário a construção desta ponte para o escoamento da produção e de tráfego de veículos e de transportadores de estudantes.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>295</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/123/req295.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que adquire Uniforme Condutor De Ambulância para os motoristas de ambulâncias e garis._x000D_
 Os uniformes padronizados atendem às exigências do setor, proporcionando mais segurança aos motoristas e garis durante o atendimento e a execução dos seus serviços. O uniforme deverá possuir identificação e faixas reflexivas. Solicitamos ainda que sejam distribuídos aos servidores da limpeza botas e luvas específicas para este serviço.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Vereador que este subscreve, com assento nesta Casa Legislativa, vem perante Vossa Excelência, amparado no artigo 108 do Regimento Interno c/c artigo 46 da Lei Orgânica Municipal e demais disposições legais, solicitar a inclusão do presente requerimento para apreciação e votação do Plenário. _x000D_
 Requer do Excelentíssimo prefeito Márcio Cecílio Ceciliano que faça a instalação de luminárias em dois postes no final da rua José Calixto de Carvalho no setor Residencial Tobias.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/111/297.pdf</t>
   </si>
   <si>
     <t>Vereador que este subscreve, com assento nesta Casa Legislativa, vem perante Vossa Excelência, amparado no artigo 108 do Regimento Interno c/c artigo 46 da Lei Orgânica Municipal e demais disposições legais, solicitar a inclusão do presente requerimento para apreciação e votação do Plenário. _x000D_
 Requer do Excelentíssimo prefeito Márcio Cecílio Ceciliano que faça a contratação de equipe especializada a fim de desenvolver um Projeto de Urbanização para a cidade de São Miguel do Passa Quatro.</t>
   </si>
   <si>
-    <t>93</t>
-[...4 lines deleted...]
-  <si>
     <t>Ivo Aparecido Gomes</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer ao Exmo. Prefeito Municipal, senhor Márcio Cecílio Ceciliano, que faça serviços de encascalhamento da estrada GO 219 trecho da saída da cidade até o aterro sanitário. Justifica nosso pedido devido ser uma via com grande fluxo de veículos e a mesma apresenta muita poeira dificultando a visibilidade dos motoristas principalmente no período de seca.</t>
   </si>
   <si>
-    <t>94</t>
-[...4 lines deleted...]
-  <si>
     <t>Dessa forma, vem requerer do Ilustríssimo senhor Diretor de Trânsito do Município de São Miguel do Passa Quatro para que realize mudanças no trânsito do centro da cidade especificadamente na avenida Alcides Pereira de Castro e rua Érico Josué Meireles tornando as ruas em mão e contra mão em ambos os sentidos.</t>
   </si>
   <si>
-    <t>300</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/106/282.pdf</t>
   </si>
   <si>
     <t>124</t>
-  </si>
-[...1 lines deleted...]
-    <t>301</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/124/req301.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, com assento nesta Casa Legislativa, vem perante a Vossa Excelência, amparado no artigo 108 do Regimento Interno c/c artigo 46 da Lei Orgânica Municipal e demais disposições legais, solicitar a inclusão do presente requerimento para apreciação e votação do Plenário. _x000D_
 _x000D_
                      Dessa forma, vem requerer ao Exmo. Presidente desta Casa convidando o Professor Luciano a comparecer nesta Casa para se apresentar aos nobres edis todo o seu curriculo.</t>
   </si>
   <si>
     <t>125</t>
-  </si>
-[...1 lines deleted...]
-    <t>302</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/125/req302.pdf</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Excelentíssimo Prefeito Municipal Márcio Cecílio Ceciliano que faça a imediata fixação de placas nas obras públicas municipais em locais visíveis e legíveis, deve ter, no mínimo, 1m² e conter os seguintes dados: valor total do objeto da obra; fonte dos recursos investidos; data de início; prazo de entrega; objeto do contrato; nome do engenheiro responsável técnico._x000D_
 Estes dados são fundamentais para que, a população esteja informada a respeito de gastos com o dinheiro público. A afixação de placa nas obras e serviços é mais que uma exigência legal do art. 16 da Lei federal nº. 5. 194/66, facilita o trabalho dos Agentes de Fiscalização e informar à comunidade sobre a presença sempre obrigatória de profissional habilitado naquele empreendimento.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>Vereador que este subscreve, com assento nesta Casa Legislativa, vem perante Vossa Excelência, amparado no artigo 108 do Regimento Interno c/c artigo 46 da Lei Orgânica Municipal e demais disposições legais, solicitar a inclusão do presente requerimento para apreciação e votação do Plenário. _x000D_
 Requer do Excelentíssimo prefeito Márcio Cecílio Ceciliano que envie a esta Casa Projeto de Lei que Dispõe sobre a constituição do Serviço de Inspeção Municipal e os procedimentos de inspeção sanitária em estabelecimentos que produzam produtos de origem animal.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>Dessa forma, vem requerer do Exmo. Prefeito Márcio Cecílio Ceciliano e também ao presidente da Cooperativa de Transporte Escolar do Município de São Miguel do Passa Quatro, que informe esclarecimentos a esta Egrégia Casa Legislativa quanto a substituição de veículo caso esteja em manutenção ou com problemas mecânicos que, porventura, falte no transporte dos alunos para as escolas do Município.</t>
   </si>
   <si>
     <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/5/187_08eM0Qa.pdf</t>
   </si>
   <si>
@@ -2344,67 +2648,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/181/scan2025-01-27_171837.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/182/scan2025-01-27_171758.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/185/req2025-02-03_152854.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/186/2025-02-04_142146.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/188/scan2025-02-12_090451.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/191/scan2025-02-12_084030.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/192/scan2025-02-12_083826.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/193/scan2025-02-12_083522.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/194/scan2025-02-24_133425.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/195/scan2025-02-24_133804.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/196/scan2025-02-24_133946.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/201/req2025-02-28_134344.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/202/req2025-02-28_134548.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/203/req2025-02-28_134053.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/204/rq16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/205/scan2025-03-10_134622.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/206/scan2025-03-12_130810.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/207/scan2025-03-28_135011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/208/scan2025-03-28_135319.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/209/scan2025-03-28_132110.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/210/scan2025-03-28_131646.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/211/scan2025-03-28_131330.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/212/scan2025-03-28_130958.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/213/scan2025-03-27_155602.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/215/scan2025-04-02_152700.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/216/scan2025-04-02_152924.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/218/scan2025-03-28_131921.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/219/scan2025-03-27_153149.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/220/scan2025-04-02_152429.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/222/scan2025-04-02_145926.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/227/scan2025-04-23_150642.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/228/scan2025-04-23_145206.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/229/scan2025-04-23_145530.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/230/scan2025-04-23_151455.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/231/scan2025-04-23_150432.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/235/scan2025-04-23_150320.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/237/scan2025-05-06_161745.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/238/scan2025-05-06_162301.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/239/scan2025-05-06_162808.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/240/scan2025-05-06_152229.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/241/scan2025-05-06_152430.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/242/scan2025-05-08_151756.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/243/scan2025-05-08_151855.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/244/scan2025-05-08_152002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/245/scan2025-05-08_152107.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/248/scan2025-05-15_140613.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/249/scan2025-05-15_140750.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/250/scan2025-05-22_164607.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/251/scan2025-06-05_155607.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/252/scan2025-06-05_154731.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/254/scan2025-06-05_155222.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/255/scan2025-06-11_143623.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/256/scan2025-06-11_143053.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/257/scan2025-06-11_143324.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/258/scan2025-06-26_165524.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/260/scan2025-08-20_144521.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/261/scan2025-08-20_143534.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/262/scan2025-08-18_155838.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/263/scan2025-08-18_160002.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/264/scan2025-08-18_155452.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/265/scan2025-08-18_155607.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/269/scan2025-08-20_142932.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/270/scan2025-08-20_143850.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/271/scan2025-09-01_145335.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/272/scan2025-08-20_144141.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/274/scan2025-09-01_151201.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/275/scan2025-09-01_150705.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/280/scan2025-09-17_162902.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/281/scan2025-09-17_162722.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/282/scan2025-09-30_152704.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/284/scan2025-09-30_150656.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_096.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/136/req97.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/66/req_247.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/67/req_248.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/68/req_249.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/69/req_250.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/70/req_257.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/95/271.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/96/272.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/97/273.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/98/274.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/99/275.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/100/276.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/101/277.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/102/278.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/103/279.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/104/280.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/105/281.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/107/283.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/115/req284.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/108/285.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/113/286.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/116/287.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/117/req288.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/118/req289.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/119/req290.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/109/req292.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/121/req293.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/122/req294.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/123/req295.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/111/297.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/106/282.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/124/req301.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/125/req302.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/5/187_08eM0Qa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/6/188_OU5GafC.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/12/191_5O6Dh1v.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/13/192_5j9BfRQ.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/16/193.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/17/194.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/19/196.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/20/197.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/21/198.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/22/199.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/23/200.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/24/201.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/26/203.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/27/204.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/28/205.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/29/206.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/30/207.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/31/208.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/38/214.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/39/215.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/40/216.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/41/217.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/42/218.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/44/220.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/55/req226.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/56/req227.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/54/req228.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/53/req229.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/52/req230.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/57/req231.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/58/req232.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2026/321/scan2026-01-28_162648.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2026/322/scan2026-01-28_161232.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2026/323/scan2026-01-28_163634.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2026/328/scan2026-02-03_142748.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/181/scan2025-01-27_171837.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/182/scan2025-01-27_171758.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/185/req2025-02-03_152854.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/186/2025-02-04_142146.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/188/scan2025-02-12_090451.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/191/scan2025-02-12_084030.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/192/scan2025-02-12_083826.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/193/scan2025-02-12_083522.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/194/scan2025-02-24_133425.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/195/scan2025-02-24_133804.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/196/scan2025-02-24_133946.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/201/req2025-02-28_134344.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/202/req2025-02-28_134548.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/203/req2025-02-28_134053.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/204/rq16.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/205/scan2025-03-10_134622.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/206/scan2025-03-12_130810.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/207/scan2025-03-28_135011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/208/scan2025-03-28_135319.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/209/scan2025-03-28_132110.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/210/scan2025-03-28_131646.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/211/scan2025-03-28_131330.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/212/scan2025-03-28_130958.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/213/scan2025-03-27_155602.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/215/scan2025-04-02_152700.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/216/scan2025-04-02_152924.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/218/scan2025-03-28_131921.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/219/scan2025-03-27_153149.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/220/scan2025-04-02_152429.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/222/scan2025-04-02_145926.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/227/scan2025-04-23_150642.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/228/scan2025-04-23_145206.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/229/scan2025-04-23_145530.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/230/scan2025-04-23_151455.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/231/scan2025-04-23_150432.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/235/scan2025-04-23_150320.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/237/scan2025-05-06_161745.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/238/scan2025-05-06_162301.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/239/scan2025-05-06_162808.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/240/scan2025-05-06_152229.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/241/scan2025-05-06_152430.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/242/scan2025-05-08_151756.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/243/scan2025-05-08_151855.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/244/scan2025-05-08_152002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/245/scan2025-05-08_152107.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/248/scan2025-05-15_140613.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/249/scan2025-05-15_140750.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/250/scan2025-05-22_164607.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/251/scan2025-06-05_155607.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/252/scan2025-06-05_154731.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/254/scan2025-06-05_155222.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/255/scan2025-06-11_143623.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/256/scan2025-06-11_143053.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/257/scan2025-06-11_143324.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/258/scan2025-06-26_165524.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/260/scan2025-08-20_144521.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/261/scan2025-08-20_143534.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/262/scan2025-08-18_155838.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/263/scan2025-08-18_160002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/264/scan2025-08-18_155452.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/265/scan2025-08-18_155607.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/269/scan2025-08-20_142932.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/270/scan2025-08-20_143850.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/271/scan2025-09-01_145335.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/272/scan2025-08-20_144141.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/274/scan2025-09-01_151201.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/275/scan2025-09-01_150705.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/280/scan2025-09-17_162902.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/281/scan2025-09-17_162722.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/282/scan2025-09-30_152704.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/284/scan2025-09-30_150656.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/286/scan2025-10-10_163018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/288/scan2025-10-15_082439.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/289/scan2025-10-15_082759.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/290/scan2025-10-15_083033.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/291/scan2025-10-15_081018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/292/scan2025-11-05_094250.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/293/scan2025-11-05_094506.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/294/scan2025-11-05_094650.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/295/scan2025-11-05_093944.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/305/scan2025-11-17_100644.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/306/scan2025-11-17_102559.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/307/scan2025-11-17_103641.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/308/scan2025-11-17_103641.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/309/scan2025-11-19_152549.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2025/310/scan2025-11-19_152858.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_096.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/136/req97.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/66/req_247.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/67/req_248.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/68/req_249.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/69/req_250.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/70/req_257.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/95/271.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/96/272.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/97/273.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/98/274.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/99/275.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/100/276.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/101/277.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/102/278.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/103/279.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/104/280.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/105/281.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/107/283.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/115/req284.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/108/285.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/113/286.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/116/287.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/117/req288.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/118/req289.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/119/req290.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/109/req292.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/121/req293.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/122/req294.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/123/req295.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/111/297.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/106/282.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/124/req301.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2019/125/req302.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/5/187_08eM0Qa.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/6/188_OU5GafC.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/12/191_5O6Dh1v.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/13/192_5j9BfRQ.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/16/193.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/17/194.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/19/196.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/20/197.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/21/198.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/22/199.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/23/200.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/24/201.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/26/203.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/27/204.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/28/205.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/29/206.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/30/207.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/31/208.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/38/214.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/39/215.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/40/216.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/41/217.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/42/218.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/44/220.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/55/req226.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/56/req227.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/54/req228.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/53/req229.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/52/req230.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/57/req231.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2018/58/req232.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H204"/>
+  <dimension ref="A1:H239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="69.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="85.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="109.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -2460,5227 +2764,6134 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H9" t="s">
         <v>45</v>
-      </c>
-[...13 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H12" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="H14" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C15" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="H15" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C16" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="H16" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C17" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="H18" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="H19" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="H20" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="H21" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C22" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="H22" t="s">
-        <v>103</v>
+        <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C23" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="H23" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C24" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="H24" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C25" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="H25" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="H26" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="H27" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C28" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="H28" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="H29" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="B30" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="H30" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>134</v>
+        <v>123</v>
       </c>
       <c r="B31" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C31" t="s">
-        <v>135</v>
+        <v>124</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="H31" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C32" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="H32" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="B33" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C33" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="H33" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="B34" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C34" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="H34" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="H35" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C36" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="H36" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C37" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>160</v>
+        <v>29</v>
       </c>
       <c r="H37" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C38" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="H38" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C39" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="H39" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="B40" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C40" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>173</v>
+        <v>29</v>
       </c>
       <c r="H40" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>175</v>
+        <v>161</v>
       </c>
       <c r="B41" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C41" t="s">
-        <v>176</v>
+        <v>162</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>177</v>
+        <v>163</v>
       </c>
       <c r="H41" t="s">
-        <v>178</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>179</v>
+        <v>165</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C42" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>46</v>
+        <v>167</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>32</v>
+        <v>168</v>
       </c>
       <c r="H42" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C43" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="H43" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="B44" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C44" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
+      <c r="F44" t="s">
+        <v>23</v>
+      </c>
       <c r="G44" s="1" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="H44" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="B45" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C45" t="s">
-        <v>191</v>
+        <v>179</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>192</v>
+        <v>29</v>
       </c>
       <c r="H45" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="B46" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C46" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="H46" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="B47" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C47" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="H47" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="B48" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C48" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="H48" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>206</v>
+        <v>193</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C49" t="s">
-        <v>207</v>
+        <v>194</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>208</v>
+        <v>195</v>
       </c>
       <c r="H49" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C50" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>164</v>
+        <v>69</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="H50" t="s">
-        <v>213</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C51" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="H51" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C52" t="s">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>220</v>
+        <v>29</v>
       </c>
       <c r="H52" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C53" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>224</v>
+        <v>210</v>
       </c>
       <c r="H53" t="s">
-        <v>225</v>
+        <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>226</v>
+        <v>212</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C54" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
-      <c r="F54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="1" t="s">
-        <v>228</v>
+        <v>214</v>
       </c>
       <c r="H54" t="s">
-        <v>229</v>
+        <v>215</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>230</v>
+        <v>216</v>
       </c>
       <c r="B55" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C55" t="s">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="H55" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>234</v>
+        <v>220</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C56" t="s">
-        <v>235</v>
+        <v>221</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>236</v>
+        <v>222</v>
       </c>
       <c r="H56" t="s">
-        <v>237</v>
+        <v>223</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>238</v>
+        <v>224</v>
       </c>
       <c r="B57" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C57" t="s">
-        <v>239</v>
+        <v>225</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>240</v>
+        <v>226</v>
       </c>
       <c r="H57" t="s">
-        <v>241</v>
+        <v>227</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>242</v>
+        <v>228</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C58" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>244</v>
+        <v>230</v>
       </c>
       <c r="H58" t="s">
-        <v>245</v>
+        <v>231</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>246</v>
+        <v>232</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C59" t="s">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="H59" t="s">
-        <v>249</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>250</v>
+        <v>236</v>
       </c>
       <c r="B60" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C60" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="H60" t="s">
-        <v>253</v>
+        <v>239</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="B61" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C61" t="s">
-        <v>255</v>
+        <v>241</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
+      <c r="F61" t="s">
+        <v>37</v>
+      </c>
       <c r="G61" s="1" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="H61" t="s">
-        <v>257</v>
+        <v>243</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>258</v>
+        <v>244</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C62" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="H62" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C63" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="H63" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>266</v>
+        <v>252</v>
       </c>
       <c r="B64" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C64" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="H64" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>270</v>
+        <v>256</v>
       </c>
       <c r="B65" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C65" t="s">
-        <v>271</v>
+        <v>257</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="H65" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C66" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="H66" t="s">
-        <v>277</v>
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>278</v>
+        <v>264</v>
       </c>
       <c r="B67" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C67" t="s">
-        <v>279</v>
+        <v>265</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="H67" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="B68" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C68" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
+      <c r="F68" t="s">
+        <v>33</v>
+      </c>
       <c r="G68" s="1" t="s">
-        <v>32</v>
+        <v>270</v>
       </c>
       <c r="H68" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>285</v>
+        <v>272</v>
       </c>
       <c r="B69" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C69" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>32</v>
+        <v>274</v>
       </c>
       <c r="H69" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>288</v>
+        <v>276</v>
       </c>
       <c r="B70" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C70" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>32</v>
+        <v>278</v>
       </c>
       <c r="H70" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="B71" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C71" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
-      <c r="F71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" s="1" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="H71" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="B72" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C72" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="H72" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>299</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C73" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>301</v>
+        <v>290</v>
       </c>
       <c r="H73" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
       <c r="B74" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C74" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="H74" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C75" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="H75" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C76" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="H76" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="B77" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C77" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>32</v>
+        <v>306</v>
       </c>
       <c r="H77" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="B78" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C78" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
-      <c r="F78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G78" s="1" t="s">
-        <v>320</v>
+        <v>29</v>
       </c>
       <c r="H78" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C79" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>324</v>
+        <v>29</v>
       </c>
       <c r="H79" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C80" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>328</v>
+        <v>66</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>329</v>
+        <v>29</v>
       </c>
       <c r="H80" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>331</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C81" t="s">
-        <v>332</v>
+        <v>318</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="H81" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>335</v>
+        <v>321</v>
       </c>
       <c r="B82" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="C82" t="s">
-        <v>336</v>
+        <v>322</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>32</v>
+        <v>323</v>
       </c>
       <c r="H82" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
       <c r="B83" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C83" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="H83" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="B84" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C84" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="H84" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>347</v>
+        <v>333</v>
       </c>
       <c r="B85" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C85" t="s">
-        <v>348</v>
+        <v>334</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>349</v>
+        <v>23</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>32</v>
+        <v>335</v>
       </c>
       <c r="H85" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="B86" t="s">
+        <v>53</v>
+      </c>
+      <c r="C86" t="s">
+        <v>338</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>33</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="C86" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H86" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="B87" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C87" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>356</v>
+        <v>18</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H87" t="s">
-        <v>357</v>
+        <v>343</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
       <c r="B88" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C88" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>356</v>
+        <v>108</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>32</v>
+        <v>346</v>
       </c>
       <c r="H88" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>361</v>
+        <v>348</v>
       </c>
       <c r="B89" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C89" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>349</v>
+        <v>66</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>32</v>
+        <v>350</v>
       </c>
       <c r="H89" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="B90" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C90" t="s">
-        <v>365</v>
+        <v>353</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>36</v>
+        <v>354</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>32</v>
+        <v>355</v>
       </c>
       <c r="H90" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="B91" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C91" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>369</v>
+        <v>76</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>32</v>
+        <v>359</v>
       </c>
       <c r="H91" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>371</v>
+        <v>361</v>
       </c>
       <c r="B92" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C92" t="s">
-        <v>372</v>
+        <v>362</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>369</v>
+        <v>37</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H92" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="B93" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C93" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>72</v>
+        <v>366</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>32</v>
+        <v>367</v>
       </c>
       <c r="H93" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="B94" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C94" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H94" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="B95" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C95" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>32</v>
+        <v>374</v>
       </c>
       <c r="H95" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="B96" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C96" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>32</v>
+        <v>378</v>
       </c>
       <c r="H96" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="B97" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C97" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>32</v>
+        <v>382</v>
       </c>
       <c r="H97" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B98" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C98" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>369</v>
+        <v>37</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>32</v>
+        <v>386</v>
       </c>
       <c r="H98" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="B99" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C99" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>32</v>
+        <v>390</v>
       </c>
       <c r="H99" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>392</v>
+      </c>
+      <c r="B100" t="s">
+        <v>53</v>
+      </c>
+      <c r="C100" t="s">
+        <v>393</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" t="s">
+        <v>23</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H100" t="s">
         <v>395</v>
-      </c>
-[...19 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>396</v>
+      </c>
+      <c r="B101" t="s">
+        <v>53</v>
+      </c>
+      <c r="C101" t="s">
+        <v>397</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>66</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="H101" t="s">
         <v>399</v>
-      </c>
-[...13 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>400</v>
+      </c>
+      <c r="B102" t="s">
+        <v>53</v>
+      </c>
+      <c r="C102" t="s">
         <v>401</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>108</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>402</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
       <c r="H102" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>404</v>
       </c>
       <c r="B103" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C103" t="s">
         <v>405</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H103" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>407</v>
       </c>
       <c r="B104" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C104" t="s">
         <v>408</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H104" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>410</v>
       </c>
       <c r="B105" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C105" t="s">
         <v>411</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>349</v>
+        <v>69</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H105" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>413</v>
       </c>
       <c r="B106" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C106" t="s">
         <v>414</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H106" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>416</v>
       </c>
       <c r="B107" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C107" t="s">
         <v>417</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>356</v>
+        <v>37</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H107" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>419</v>
       </c>
       <c r="B108" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C108" t="s">
         <v>420</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H108" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>422</v>
       </c>
       <c r="B109" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="C109" t="s">
         <v>423</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H109" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>275</v>
+        <v>425</v>
       </c>
       <c r="B110" t="s">
-        <v>425</v>
+        <v>53</v>
       </c>
       <c r="C110" t="s">
         <v>426</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
+        <v>33</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="G110" s="1" t="s">
+      <c r="H110" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>279</v>
+        <v>429</v>
       </c>
       <c r="B111" t="s">
-        <v>425</v>
+        <v>53</v>
       </c>
       <c r="C111" t="s">
-        <v>218</v>
+        <v>430</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>427</v>
+        <v>33</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H111" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>283</v>
+        <v>433</v>
       </c>
       <c r="B112" t="s">
-        <v>425</v>
+        <v>53</v>
       </c>
       <c r="C112" t="s">
-        <v>222</v>
+        <v>434</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>427</v>
+        <v>33</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="H112" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>286</v>
+        <v>437</v>
       </c>
       <c r="B113" t="s">
-        <v>425</v>
+        <v>53</v>
       </c>
       <c r="C113" t="s">
-        <v>226</v>
+        <v>438</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>434</v>
+        <v>33</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="H113" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>308</v>
+        <v>441</v>
       </c>
       <c r="B114" t="s">
-        <v>425</v>
+        <v>53</v>
       </c>
       <c r="C114" t="s">
-        <v>230</v>
+        <v>442</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>32</v>
+        <v>443</v>
       </c>
       <c r="H114" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>312</v>
+        <v>445</v>
       </c>
       <c r="B115" t="s">
-        <v>425</v>
+        <v>53</v>
       </c>
       <c r="C115" t="s">
-        <v>234</v>
+        <v>446</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>32</v>
+        <v>447</v>
       </c>
       <c r="H115" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>316</v>
+        <v>449</v>
       </c>
       <c r="B116" t="s">
-        <v>425</v>
+        <v>53</v>
       </c>
       <c r="C116" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>369</v>
+        <v>18</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H116" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>319</v>
+        <v>452</v>
       </c>
       <c r="B117" t="s">
-        <v>425</v>
+        <v>53</v>
       </c>
       <c r="C117" t="s">
-        <v>238</v>
+        <v>453</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>369</v>
+        <v>37</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H117" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>323</v>
+        <v>455</v>
       </c>
       <c r="B118" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C118" t="s">
-        <v>242</v>
+        <v>414</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>32</v>
+        <v>457</v>
       </c>
       <c r="H118" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>327</v>
+        <v>459</v>
       </c>
       <c r="B119" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C119" t="s">
-        <v>246</v>
+        <v>417</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>369</v>
+        <v>33</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>32</v>
+        <v>460</v>
       </c>
       <c r="H119" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>289</v>
+        <v>462</v>
       </c>
       <c r="B120" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C120" t="s">
-        <v>250</v>
+        <v>420</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>164</v>
+        <v>463</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>444</v>
+        <v>29</v>
       </c>
       <c r="H120" t="s">
-        <v>445</v>
+        <v>464</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>332</v>
+        <v>465</v>
       </c>
       <c r="B121" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C121" t="s">
-        <v>254</v>
+        <v>423</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>164</v>
+        <v>69</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H121" t="s">
-        <v>446</v>
+        <v>466</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>336</v>
+        <v>467</v>
       </c>
       <c r="B122" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C122" t="s">
-        <v>447</v>
+        <v>426</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>164</v>
+        <v>468</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H122" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>448</v>
+        <v>470</v>
       </c>
       <c r="B123" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C123" t="s">
-        <v>262</v>
+        <v>430</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>427</v>
+        <v>468</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H123" t="s">
-        <v>449</v>
+        <v>471</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>450</v>
+        <v>472</v>
       </c>
       <c r="B124" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C124" t="s">
-        <v>299</v>
+        <v>434</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>369</v>
+        <v>463</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>451</v>
+        <v>29</v>
       </c>
       <c r="H124" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>340</v>
+        <v>474</v>
       </c>
       <c r="B125" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C125" t="s">
-        <v>303</v>
+        <v>438</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>427</v>
+        <v>69</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>453</v>
+        <v>29</v>
       </c>
       <c r="H125" t="s">
-        <v>454</v>
+        <v>475</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>344</v>
+        <v>476</v>
       </c>
       <c r="B126" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C126" t="s">
-        <v>455</v>
+        <v>442</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>72</v>
+        <v>477</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>456</v>
+        <v>29</v>
       </c>
       <c r="H126" t="s">
-        <v>457</v>
+        <v>478</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>348</v>
+        <v>479</v>
       </c>
       <c r="B127" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C127" t="s">
-        <v>307</v>
+        <v>446</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>72</v>
+        <v>477</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>458</v>
+        <v>29</v>
       </c>
       <c r="H127" t="s">
-        <v>459</v>
+        <v>480</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>352</v>
+        <v>481</v>
       </c>
       <c r="B128" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C128" t="s">
-        <v>311</v>
+        <v>450</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>460</v>
+        <v>29</v>
       </c>
       <c r="H128" t="s">
-        <v>461</v>
+        <v>482</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>355</v>
+        <v>483</v>
       </c>
       <c r="B129" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C129" t="s">
-        <v>315</v>
+        <v>453</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>462</v>
+        <v>29</v>
       </c>
       <c r="H129" t="s">
-        <v>463</v>
+        <v>484</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>359</v>
+        <v>485</v>
       </c>
       <c r="B130" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C130" t="s">
-        <v>464</v>
+        <v>486</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>465</v>
+        <v>29</v>
       </c>
       <c r="H130" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>362</v>
+        <v>488</v>
       </c>
       <c r="B131" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C131" t="s">
-        <v>467</v>
+        <v>489</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>434</v>
+        <v>66</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>468</v>
+        <v>29</v>
       </c>
       <c r="H131" t="s">
-        <v>469</v>
+        <v>490</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>365</v>
+        <v>491</v>
       </c>
       <c r="B132" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C132" t="s">
-        <v>470</v>
+        <v>492</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>434</v>
+        <v>66</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>471</v>
+        <v>29</v>
       </c>
       <c r="H132" t="s">
-        <v>472</v>
+        <v>493</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>368</v>
+        <v>494</v>
       </c>
       <c r="B133" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C133" t="s">
-        <v>318</v>
+        <v>495</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>473</v>
+        <v>29</v>
       </c>
       <c r="H133" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>372</v>
+        <v>497</v>
       </c>
       <c r="B134" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C134" t="s">
-        <v>322</v>
+        <v>498</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>434</v>
+        <v>33</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>475</v>
+        <v>29</v>
       </c>
       <c r="H134" t="s">
-        <v>476</v>
+        <v>499</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>399</v>
+        <v>500</v>
       </c>
       <c r="B135" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C135" t="s">
-        <v>326</v>
+        <v>501</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>477</v>
+        <v>23</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H135" t="s">
-        <v>478</v>
+        <v>502</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>378</v>
+        <v>503</v>
       </c>
       <c r="B136" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C136" t="s">
-        <v>479</v>
+        <v>504</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>369</v>
+        <v>33</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>480</v>
+        <v>29</v>
       </c>
       <c r="H136" t="s">
-        <v>481</v>
+        <v>505</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>402</v>
+        <v>506</v>
       </c>
       <c r="B137" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C137" t="s">
-        <v>331</v>
+        <v>507</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>482</v>
+        <v>29</v>
       </c>
       <c r="H137" t="s">
-        <v>483</v>
+        <v>508</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>381</v>
+        <v>509</v>
       </c>
       <c r="B138" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C138" t="s">
-        <v>335</v>
+        <v>510</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>434</v>
+        <v>37</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>484</v>
+        <v>29</v>
       </c>
       <c r="H138" t="s">
-        <v>485</v>
+        <v>511</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>396</v>
+        <v>512</v>
       </c>
       <c r="B139" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C139" t="s">
-        <v>486</v>
+        <v>513</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>434</v>
+        <v>69</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>487</v>
+        <v>29</v>
       </c>
       <c r="H139" t="s">
-        <v>488</v>
+        <v>514</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>405</v>
+        <v>515</v>
       </c>
       <c r="B140" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C140" t="s">
-        <v>489</v>
+        <v>516</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>477</v>
+        <v>463</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>490</v>
+        <v>29</v>
       </c>
       <c r="H140" t="s">
-        <v>491</v>
+        <v>517</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>408</v>
+        <v>518</v>
       </c>
       <c r="B141" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C141" t="s">
-        <v>492</v>
+        <v>519</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>164</v>
+        <v>69</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>493</v>
+        <v>29</v>
       </c>
       <c r="H141" t="s">
-        <v>494</v>
+        <v>520</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>411</v>
+        <v>521</v>
       </c>
       <c r="B142" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C142" t="s">
-        <v>495</v>
+        <v>522</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>164</v>
+        <v>468</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>496</v>
+        <v>29</v>
       </c>
       <c r="H142" t="s">
-        <v>497</v>
+        <v>523</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>414</v>
+        <v>524</v>
       </c>
       <c r="B143" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C143" t="s">
-        <v>498</v>
+        <v>525</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>369</v>
+        <v>69</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>499</v>
+        <v>29</v>
       </c>
       <c r="H143" t="s">
-        <v>500</v>
+        <v>526</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>417</v>
+        <v>527</v>
       </c>
       <c r="B144" t="s">
-        <v>425</v>
+        <v>456</v>
       </c>
       <c r="C144" t="s">
-        <v>501</v>
+        <v>528</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>369</v>
+        <v>463</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H144" t="s">
-        <v>502</v>
+        <v>529</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>384</v>
+        <v>301</v>
       </c>
       <c r="B145" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C145" t="s">
-        <v>503</v>
+        <v>531</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>434</v>
+        <v>532</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>504</v>
+        <v>533</v>
       </c>
       <c r="H145" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>420</v>
+        <v>305</v>
       </c>
       <c r="B146" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C146" t="s">
-        <v>506</v>
+        <v>244</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>427</v>
+        <v>532</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>507</v>
+        <v>535</v>
       </c>
       <c r="H146" t="s">
-        <v>508</v>
+        <v>536</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>423</v>
+        <v>309</v>
       </c>
       <c r="B147" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C147" t="s">
-        <v>509</v>
+        <v>248</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>427</v>
+        <v>532</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>510</v>
+        <v>537</v>
       </c>
       <c r="H147" t="s">
-        <v>511</v>
+        <v>538</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>512</v>
+        <v>312</v>
       </c>
       <c r="B148" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C148" t="s">
-        <v>513</v>
+        <v>252</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>164</v>
+        <v>539</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>514</v>
+        <v>540</v>
       </c>
       <c r="H148" t="s">
-        <v>515</v>
+        <v>541</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>387</v>
+        <v>334</v>
       </c>
       <c r="B149" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C149" t="s">
-        <v>516</v>
+        <v>256</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H149" t="s">
-        <v>517</v>
+        <v>542</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>390</v>
+        <v>338</v>
       </c>
       <c r="B150" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C150" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>519</v>
+        <v>29</v>
       </c>
       <c r="H150" t="s">
-        <v>520</v>
+        <v>543</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>521</v>
+        <v>342</v>
       </c>
       <c r="B151" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C151" t="s">
-        <v>522</v>
+        <v>544</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>523</v>
+        <v>477</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H151" t="s">
-        <v>524</v>
+        <v>545</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>525</v>
+        <v>345</v>
       </c>
       <c r="B152" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C152" t="s">
-        <v>526</v>
+        <v>264</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>369</v>
+        <v>477</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H152" t="s">
-        <v>527</v>
+        <v>546</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>375</v>
+        <v>349</v>
       </c>
       <c r="B153" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C153" t="s">
-        <v>528</v>
+        <v>268</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
+      <c r="F153" t="s">
+        <v>18</v>
+      </c>
       <c r="G153" s="1" t="s">
-        <v>529</v>
+        <v>29</v>
       </c>
       <c r="H153" t="s">
-        <v>478</v>
+        <v>547</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>353</v>
+      </c>
+      <c r="B154" t="s">
         <v>530</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" t="s">
-        <v>531</v>
+        <v>272</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>72</v>
+        <v>477</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>532</v>
+        <v>29</v>
       </c>
       <c r="H154" t="s">
-        <v>533</v>
+        <v>548</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>534</v>
+        <v>315</v>
       </c>
       <c r="B155" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C155" t="s">
-        <v>535</v>
+        <v>276</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>369</v>
+        <v>28</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>536</v>
+        <v>549</v>
       </c>
       <c r="H155" t="s">
-        <v>537</v>
+        <v>550</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>393</v>
+        <v>358</v>
       </c>
       <c r="B156" t="s">
-        <v>425</v>
+        <v>530</v>
       </c>
       <c r="C156" t="s">
-        <v>538</v>
+        <v>280</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
+      <c r="F156" t="s">
+        <v>28</v>
+      </c>
       <c r="G156" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H156" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>22</v>
+        <v>362</v>
       </c>
       <c r="B157" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C157" t="s">
-        <v>25</v>
+        <v>552</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>369</v>
+        <v>28</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H157" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>30</v>
+        <v>373</v>
       </c>
       <c r="B158" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C158" t="s">
+        <v>288</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>12</v>
+      </c>
+      <c r="F158" t="s">
+        <v>532</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="D158" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H158" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>35</v>
+        <v>411</v>
       </c>
       <c r="B159" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C159" t="s">
-        <v>34</v>
+        <v>325</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="H159" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>62</v>
+        <v>414</v>
       </c>
       <c r="B160" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C160" t="s">
-        <v>39</v>
+        <v>329</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>369</v>
+        <v>532</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="H160" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>67</v>
+        <v>417</v>
       </c>
       <c r="B161" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C161" t="s">
-        <v>44</v>
+        <v>558</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
+      <c r="F161" t="s">
+        <v>37</v>
+      </c>
       <c r="G161" s="1" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="H161" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>80</v>
+        <v>420</v>
       </c>
       <c r="B162" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C162" t="s">
-        <v>49</v>
+        <v>333</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>477</v>
+        <v>37</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="H162" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>85</v>
+        <v>423</v>
       </c>
       <c r="B163" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C163" t="s">
-        <v>53</v>
+        <v>337</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
       <c r="H163" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>89</v>
+        <v>426</v>
       </c>
       <c r="B164" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C164" t="s">
-        <v>57</v>
+        <v>341</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
+      <c r="F164" t="s">
+        <v>37</v>
+      </c>
       <c r="G164" s="1" t="s">
-        <v>32</v>
+        <v>565</v>
       </c>
       <c r="H164" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>93</v>
+        <v>430</v>
       </c>
       <c r="B165" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C165" t="s">
-        <v>61</v>
+        <v>567</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>369</v>
+        <v>37</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>555</v>
+        <v>568</v>
       </c>
       <c r="H165" t="s">
-        <v>556</v>
+        <v>569</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>97</v>
+        <v>434</v>
       </c>
       <c r="B166" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C166" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>369</v>
+        <v>539</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>558</v>
+        <v>571</v>
       </c>
       <c r="H166" t="s">
-        <v>559</v>
+        <v>572</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>101</v>
+        <v>438</v>
       </c>
       <c r="B167" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C167" t="s">
-        <v>560</v>
+        <v>573</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>369</v>
+        <v>539</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="H167" t="s">
-        <v>562</v>
+        <v>575</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>105</v>
+        <v>442</v>
       </c>
       <c r="B168" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C168" t="s">
-        <v>563</v>
+        <v>344</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>427</v>
+        <v>539</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="H168" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>109</v>
+        <v>446</v>
       </c>
       <c r="B169" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C169" t="s">
-        <v>566</v>
+        <v>348</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>477</v>
+        <v>539</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="H169" t="s">
-        <v>568</v>
+        <v>579</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>113</v>
+        <v>504</v>
       </c>
       <c r="B170" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C170" t="s">
-        <v>66</v>
+        <v>352</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
-        <v>427</v>
+        <v>580</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>569</v>
+        <v>29</v>
       </c>
       <c r="H170" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>117</v>
+        <v>453</v>
       </c>
       <c r="B171" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C171" t="s">
-        <v>70</v>
+        <v>582</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>427</v>
+        <v>477</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>32</v>
+        <v>583</v>
       </c>
       <c r="H171" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>121</v>
+        <v>507</v>
       </c>
       <c r="B172" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C172" t="s">
-        <v>75</v>
+        <v>357</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
+      <c r="F172" t="s">
+        <v>18</v>
+      </c>
       <c r="G172" s="1" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="H172" t="s">
-        <v>573</v>
+        <v>586</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>124</v>
+        <v>486</v>
       </c>
       <c r="B173" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C173" t="s">
-        <v>79</v>
+        <v>361</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
-        <v>574</v>
+        <v>539</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="H173" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>128</v>
+        <v>501</v>
       </c>
       <c r="B174" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C174" t="s">
-        <v>84</v>
+        <v>364</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>369</v>
+        <v>539</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="H174" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>132</v>
+        <v>510</v>
       </c>
       <c r="B175" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C175" t="s">
-        <v>88</v>
+        <v>369</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>369</v>
+        <v>580</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="H175" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>135</v>
+        <v>513</v>
       </c>
       <c r="B176" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C176" t="s">
-        <v>92</v>
+        <v>372</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176" t="s">
-        <v>369</v>
+        <v>28</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="H176" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>139</v>
+        <v>516</v>
       </c>
       <c r="B177" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C177" t="s">
-        <v>96</v>
+        <v>376</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="H177" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>148</v>
+        <v>519</v>
       </c>
       <c r="B178" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C178" t="s">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>32</v>
+        <v>597</v>
       </c>
       <c r="H178" t="s">
-        <v>585</v>
+        <v>598</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>152</v>
+        <v>522</v>
       </c>
       <c r="B179" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C179" t="s">
-        <v>104</v>
+        <v>384</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H179" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>155</v>
+        <v>489</v>
       </c>
       <c r="B180" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C180" t="s">
-        <v>108</v>
+        <v>388</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
+      <c r="F180" t="s">
+        <v>539</v>
+      </c>
       <c r="G180" s="1" t="s">
-        <v>32</v>
+        <v>600</v>
       </c>
       <c r="H180" t="s">
-        <v>587</v>
+        <v>601</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>159</v>
+        <v>525</v>
       </c>
       <c r="B181" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C181" t="s">
-        <v>112</v>
+        <v>392</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>434</v>
+        <v>532</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>32</v>
+        <v>602</v>
       </c>
       <c r="H181" t="s">
-        <v>588</v>
+        <v>603</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>163</v>
+        <v>528</v>
       </c>
       <c r="B182" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C182" t="s">
-        <v>116</v>
+        <v>396</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>427</v>
+        <v>532</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>32</v>
+        <v>604</v>
       </c>
       <c r="H182" t="s">
-        <v>511</v>
+        <v>605</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>168</v>
+        <v>606</v>
       </c>
       <c r="B183" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C183" t="s">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>369</v>
+        <v>28</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>589</v>
+        <v>607</v>
       </c>
       <c r="H183" t="s">
-        <v>590</v>
+        <v>608</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>172</v>
+        <v>492</v>
       </c>
       <c r="B184" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C184" t="s">
-        <v>123</v>
+        <v>609</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
+      <c r="F184" t="s">
+        <v>539</v>
+      </c>
       <c r="G184" s="1" t="s">
-        <v>591</v>
+        <v>29</v>
       </c>
       <c r="H184" t="s">
-        <v>592</v>
+        <v>610</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>176</v>
+        <v>495</v>
       </c>
       <c r="B185" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C185" t="s">
-        <v>127</v>
+        <v>611</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>434</v>
+        <v>539</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>593</v>
+        <v>612</v>
       </c>
       <c r="H185" t="s">
-        <v>594</v>
+        <v>613</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>180</v>
+        <v>405</v>
       </c>
       <c r="B186" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C186" t="s">
-        <v>131</v>
+        <v>404</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>434</v>
+        <v>614</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>595</v>
+        <v>29</v>
       </c>
       <c r="H186" t="s">
-        <v>596</v>
+        <v>615</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>183</v>
+        <v>408</v>
       </c>
       <c r="B187" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C187" t="s">
-        <v>134</v>
+        <v>407</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>597</v>
+        <v>477</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>598</v>
+        <v>29</v>
       </c>
       <c r="H187" t="s">
-        <v>599</v>
+        <v>616</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>187</v>
+        <v>450</v>
       </c>
       <c r="B188" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C188" t="s">
-        <v>138</v>
+        <v>410</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
-      <c r="F188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G188" s="1" t="s">
-        <v>32</v>
+        <v>617</v>
       </c>
       <c r="H188" t="s">
-        <v>600</v>
+        <v>581</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>191</v>
+        <v>618</v>
       </c>
       <c r="B189" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C189" t="s">
-        <v>143</v>
+        <v>413</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>477</v>
+        <v>37</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>601</v>
+        <v>619</v>
       </c>
       <c r="H189" t="s">
-        <v>602</v>
+        <v>620</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>195</v>
+        <v>621</v>
       </c>
       <c r="B190" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C190" t="s">
-        <v>603</v>
+        <v>416</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>32</v>
+        <v>622</v>
       </c>
       <c r="H190" t="s">
-        <v>604</v>
+        <v>623</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>199</v>
+        <v>498</v>
       </c>
       <c r="B191" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C191" t="s">
-        <v>147</v>
+        <v>624</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
-      <c r="F191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G191" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H191" t="s">
-        <v>605</v>
+        <v>625</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="B192" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C192" t="s">
-        <v>606</v>
+        <v>62</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H192" t="s">
-        <v>607</v>
+        <v>627</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>207</v>
+        <v>32</v>
       </c>
       <c r="B193" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C193" t="s">
-        <v>608</v>
+        <v>65</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>609</v>
+        <v>580</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>32</v>
+        <v>628</v>
       </c>
       <c r="H193" t="s">
-        <v>610</v>
+        <v>629</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>235</v>
+        <v>36</v>
       </c>
       <c r="B194" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C194" t="s">
-        <v>611</v>
+        <v>68</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>477</v>
+        <v>539</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>612</v>
+        <v>630</v>
       </c>
       <c r="H194" t="s">
-        <v>613</v>
+        <v>631</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>614</v>
+        <v>90</v>
       </c>
       <c r="B195" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C195" t="s">
-        <v>154</v>
+        <v>72</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>427</v>
+        <v>477</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>615</v>
+        <v>632</v>
       </c>
       <c r="H195" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>231</v>
+        <v>95</v>
       </c>
       <c r="B196" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C196" t="s">
-        <v>158</v>
+        <v>75</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
-      <c r="F196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196" s="1" t="s">
-        <v>617</v>
+        <v>634</v>
       </c>
       <c r="H196" t="s">
-        <v>618</v>
+        <v>635</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>227</v>
+        <v>107</v>
       </c>
       <c r="B197" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C197" t="s">
-        <v>162</v>
+        <v>79</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>164</v>
+        <v>580</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>619</v>
+        <v>636</v>
       </c>
       <c r="H197" t="s">
-        <v>620</v>
+        <v>637</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>223</v>
+        <v>112</v>
       </c>
       <c r="B198" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C198" t="s">
-        <v>167</v>
+        <v>82</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>164</v>
+        <v>37</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>621</v>
+        <v>638</v>
       </c>
       <c r="H198" t="s">
-        <v>622</v>
+        <v>639</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>239</v>
+        <v>116</v>
       </c>
       <c r="B199" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C199" t="s">
-        <v>171</v>
+        <v>85</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
-      <c r="F199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G199" s="1" t="s">
-        <v>623</v>
+        <v>29</v>
       </c>
       <c r="H199" t="s">
-        <v>624</v>
+        <v>640</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>243</v>
+        <v>120</v>
       </c>
       <c r="B200" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C200" t="s">
-        <v>625</v>
+        <v>89</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200" t="s">
         <v>477</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>626</v>
+        <v>641</v>
       </c>
       <c r="H200" t="s">
-        <v>627</v>
+        <v>642</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>255</v>
+        <v>124</v>
       </c>
       <c r="B201" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C201" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>369</v>
+        <v>477</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>32</v>
+        <v>644</v>
       </c>
       <c r="H201" t="s">
-        <v>629</v>
+        <v>645</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>271</v>
+        <v>128</v>
       </c>
       <c r="B202" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C202" t="s">
-        <v>630</v>
+        <v>646</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
-        <v>164</v>
+        <v>477</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>32</v>
+        <v>647</v>
       </c>
       <c r="H202" t="s">
-        <v>631</v>
+        <v>648</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>259</v>
+        <v>132</v>
       </c>
       <c r="B203" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C203" t="s">
-        <v>194</v>
+        <v>649</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="F203" t="s">
-        <v>434</v>
+        <v>532</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>32</v>
+        <v>650</v>
       </c>
       <c r="H203" t="s">
-        <v>632</v>
+        <v>651</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>263</v>
+        <v>136</v>
       </c>
       <c r="B204" t="s">
-        <v>540</v>
+        <v>626</v>
       </c>
       <c r="C204" t="s">
+        <v>652</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>12</v>
+      </c>
+      <c r="F204" t="s">
+        <v>580</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H204" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>140</v>
+      </c>
+      <c r="B205" t="s">
+        <v>626</v>
+      </c>
+      <c r="C205" t="s">
+        <v>94</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" t="s">
+        <v>12</v>
+      </c>
+      <c r="F205" t="s">
+        <v>532</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H205" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>144</v>
+      </c>
+      <c r="B206" t="s">
+        <v>626</v>
+      </c>
+      <c r="C206" t="s">
+        <v>98</v>
+      </c>
+      <c r="D206" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" t="s">
+        <v>12</v>
+      </c>
+      <c r="F206" t="s">
+        <v>532</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H206" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>148</v>
+      </c>
+      <c r="B207" t="s">
+        <v>626</v>
+      </c>
+      <c r="C207" t="s">
+        <v>102</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
+        <v>12</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H207" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>151</v>
+      </c>
+      <c r="B208" t="s">
+        <v>626</v>
+      </c>
+      <c r="C208" t="s">
+        <v>106</v>
+      </c>
+      <c r="D208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" t="s">
+        <v>12</v>
+      </c>
+      <c r="F208" t="s">
+        <v>660</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H208" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>155</v>
+      </c>
+      <c r="B209" t="s">
+        <v>626</v>
+      </c>
+      <c r="C209" t="s">
+        <v>111</v>
+      </c>
+      <c r="D209" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" t="s">
+        <v>12</v>
+      </c>
+      <c r="F209" t="s">
+        <v>477</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H209" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>159</v>
+      </c>
+      <c r="B210" t="s">
+        <v>626</v>
+      </c>
+      <c r="C210" t="s">
+        <v>115</v>
+      </c>
+      <c r="D210" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" t="s">
+        <v>12</v>
+      </c>
+      <c r="F210" t="s">
+        <v>477</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H210" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>162</v>
+      </c>
+      <c r="B211" t="s">
+        <v>626</v>
+      </c>
+      <c r="C211" t="s">
+        <v>119</v>
+      </c>
+      <c r="D211" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" t="s">
+        <v>12</v>
+      </c>
+      <c r="F211" t="s">
+        <v>477</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H211" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>166</v>
+      </c>
+      <c r="B212" t="s">
+        <v>626</v>
+      </c>
+      <c r="C212" t="s">
+        <v>123</v>
+      </c>
+      <c r="D212" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" t="s">
+        <v>12</v>
+      </c>
+      <c r="F212" t="s">
+        <v>18</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H212" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>175</v>
+      </c>
+      <c r="B213" t="s">
+        <v>626</v>
+      </c>
+      <c r="C213" t="s">
+        <v>127</v>
+      </c>
+      <c r="D213" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" t="s">
+        <v>12</v>
+      </c>
+      <c r="F213" t="s">
+        <v>539</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H213" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>179</v>
+      </c>
+      <c r="B214" t="s">
+        <v>626</v>
+      </c>
+      <c r="C214" t="s">
+        <v>131</v>
+      </c>
+      <c r="D214" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" t="s">
+        <v>12</v>
+      </c>
+      <c r="F214" t="s">
+        <v>539</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H214" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>182</v>
+      </c>
+      <c r="B215" t="s">
+        <v>626</v>
+      </c>
+      <c r="C215" t="s">
+        <v>135</v>
+      </c>
+      <c r="D215" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" t="s">
+        <v>12</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H215" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>186</v>
+      </c>
+      <c r="B216" t="s">
+        <v>626</v>
+      </c>
+      <c r="C216" t="s">
+        <v>139</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>12</v>
+      </c>
+      <c r="F216" t="s">
+        <v>539</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H216" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>190</v>
+      </c>
+      <c r="B217" t="s">
+        <v>626</v>
+      </c>
+      <c r="C217" t="s">
+        <v>143</v>
+      </c>
+      <c r="D217" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" t="s">
+        <v>12</v>
+      </c>
+      <c r="F217" t="s">
+        <v>532</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H217" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>194</v>
+      </c>
+      <c r="B218" t="s">
+        <v>626</v>
+      </c>
+      <c r="C218" t="s">
+        <v>147</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" t="s">
+        <v>12</v>
+      </c>
+      <c r="F218" t="s">
+        <v>477</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H218" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
         <v>198</v>
       </c>
-      <c r="D204" t="s">
-[...12 lines deleted...]
-        <v>633</v>
+      <c r="B219" t="s">
+        <v>626</v>
+      </c>
+      <c r="C219" t="s">
+        <v>150</v>
+      </c>
+      <c r="D219" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" t="s">
+        <v>12</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H219" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>202</v>
+      </c>
+      <c r="B220" t="s">
+        <v>626</v>
+      </c>
+      <c r="C220" t="s">
+        <v>154</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>12</v>
+      </c>
+      <c r="F220" t="s">
+        <v>539</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H220" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>206</v>
+      </c>
+      <c r="B221" t="s">
+        <v>626</v>
+      </c>
+      <c r="C221" t="s">
+        <v>158</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>12</v>
+      </c>
+      <c r="F221" t="s">
+        <v>539</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H221" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>209</v>
+      </c>
+      <c r="B222" t="s">
+        <v>626</v>
+      </c>
+      <c r="C222" t="s">
+        <v>161</v>
+      </c>
+      <c r="D222" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" t="s">
+        <v>12</v>
+      </c>
+      <c r="F222" t="s">
+        <v>683</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H222" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>213</v>
+      </c>
+      <c r="B223" t="s">
+        <v>626</v>
+      </c>
+      <c r="C223" t="s">
+        <v>165</v>
+      </c>
+      <c r="D223" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" t="s">
+        <v>12</v>
+      </c>
+      <c r="F223" t="s">
+        <v>477</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H223" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>217</v>
+      </c>
+      <c r="B224" t="s">
+        <v>626</v>
+      </c>
+      <c r="C224" t="s">
+        <v>170</v>
+      </c>
+      <c r="D224" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" t="s">
+        <v>12</v>
+      </c>
+      <c r="F224" t="s">
+        <v>580</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H224" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>221</v>
+      </c>
+      <c r="B225" t="s">
+        <v>626</v>
+      </c>
+      <c r="C225" t="s">
+        <v>689</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" t="s">
+        <v>12</v>
+      </c>
+      <c r="F225" t="s">
+        <v>539</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H225" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>225</v>
+      </c>
+      <c r="B226" t="s">
+        <v>626</v>
+      </c>
+      <c r="C226" t="s">
+        <v>174</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" t="s">
+        <v>12</v>
+      </c>
+      <c r="F226" t="s">
+        <v>539</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H226" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>229</v>
+      </c>
+      <c r="B227" t="s">
+        <v>626</v>
+      </c>
+      <c r="C227" t="s">
+        <v>692</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>12</v>
+      </c>
+      <c r="F227" t="s">
+        <v>539</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H227" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>233</v>
+      </c>
+      <c r="B228" t="s">
+        <v>626</v>
+      </c>
+      <c r="C228" t="s">
+        <v>694</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" t="s">
+        <v>12</v>
+      </c>
+      <c r="F228" t="s">
+        <v>695</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H228" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>261</v>
+      </c>
+      <c r="B229" t="s">
+        <v>626</v>
+      </c>
+      <c r="C229" t="s">
+        <v>697</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" t="s">
+        <v>12</v>
+      </c>
+      <c r="F229" t="s">
+        <v>580</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H229" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>700</v>
+      </c>
+      <c r="B230" t="s">
+        <v>626</v>
+      </c>
+      <c r="C230" t="s">
+        <v>181</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>12</v>
+      </c>
+      <c r="F230" t="s">
+        <v>532</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H230" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>257</v>
+      </c>
+      <c r="B231" t="s">
+        <v>626</v>
+      </c>
+      <c r="C231" t="s">
+        <v>185</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" t="s">
+        <v>12</v>
+      </c>
+      <c r="F231" t="s">
+        <v>532</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H231" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>253</v>
+      </c>
+      <c r="B232" t="s">
+        <v>626</v>
+      </c>
+      <c r="C232" t="s">
+        <v>189</v>
+      </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" t="s">
+        <v>12</v>
+      </c>
+      <c r="F232" t="s">
+        <v>28</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H232" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>249</v>
+      </c>
+      <c r="B233" t="s">
+        <v>626</v>
+      </c>
+      <c r="C233" t="s">
+        <v>193</v>
+      </c>
+      <c r="D233" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" t="s">
+        <v>12</v>
+      </c>
+      <c r="F233" t="s">
+        <v>28</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H233" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>265</v>
+      </c>
+      <c r="B234" t="s">
+        <v>626</v>
+      </c>
+      <c r="C234" t="s">
+        <v>197</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" t="s">
+        <v>12</v>
+      </c>
+      <c r="F234" t="s">
+        <v>18</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H234" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>269</v>
+      </c>
+      <c r="B235" t="s">
+        <v>626</v>
+      </c>
+      <c r="C235" t="s">
+        <v>711</v>
+      </c>
+      <c r="D235" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" t="s">
+        <v>12</v>
+      </c>
+      <c r="F235" t="s">
+        <v>580</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H235" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>281</v>
+      </c>
+      <c r="B236" t="s">
+        <v>626</v>
+      </c>
+      <c r="C236" t="s">
+        <v>714</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" t="s">
+        <v>12</v>
+      </c>
+      <c r="F236" t="s">
+        <v>477</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H236" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>297</v>
+      </c>
+      <c r="B237" t="s">
+        <v>626</v>
+      </c>
+      <c r="C237" t="s">
+        <v>716</v>
+      </c>
+      <c r="D237" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" t="s">
+        <v>12</v>
+      </c>
+      <c r="F237" t="s">
+        <v>28</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H237" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>285</v>
+      </c>
+      <c r="B238" t="s">
+        <v>626</v>
+      </c>
+      <c r="C238" t="s">
+        <v>220</v>
+      </c>
+      <c r="D238" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" t="s">
+        <v>12</v>
+      </c>
+      <c r="F238" t="s">
+        <v>539</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H238" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>289</v>
+      </c>
+      <c r="B239" t="s">
+        <v>626</v>
+      </c>
+      <c r="C239" t="s">
+        <v>224</v>
+      </c>
+      <c r="D239" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" t="s">
+        <v>12</v>
+      </c>
+      <c r="F239" t="s">
+        <v>532</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H239" t="s">
+        <v>719</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7844,50 +9055,85 @@
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>