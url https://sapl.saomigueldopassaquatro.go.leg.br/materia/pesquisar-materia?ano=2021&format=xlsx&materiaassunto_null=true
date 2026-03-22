--- v0 (2025-10-10)
+++ v1 (2026-03-22)
@@ -54,69 +54,69 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS</t>
   </si>
   <si>
     <t>PROTOCOLO - PRO</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/</t>
+    <t>http://sapl.saomigueldopassaquatro.go.leg.br/media/</t>
   </si>
   <si>
     <t>Balanço Geral 2018.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>Heli</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/137/decreto_legislativo_01.pdf</t>
+    <t>http://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/137/decreto_legislativo_01.pdf</t>
   </si>
   <si>
     <t>Dá eficácia a CPI 001/2021, conforme relatório aprovado pela comissão e em plenário nos termos do §11º do art. 25 do regimento interno.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>Guilherme</t>
   </si>
   <si>
     <t>Art. 5º._x000D_
 Parágrafo Único – O VBRTRMS será apurado para o mês de janeiro de cada ano, por ato de entidade reguladora ou, na sua falta, segundo relatório contábil e financeiro detalhado com apuração do gasto do exercício anterior e será aplicado para o cálculo para o cálculo da Taxa de Manejo de Resíduos Sólidos devida nos meses de fevereiro do mesmo ano ao mês de janeiro do ano seguinte.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>2</t>
@@ -217,63 +217,63 @@
   <si>
     <t>164</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Dispõe sobre a Regularização Fundiária Urbana e cria o Programa Municipal de Prevenção e Combate as Edificações Irregulares do Município de São Miguel do Passa Quatro (GO) e dá outras providências.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Josimar</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_096.pdf</t>
+    <t>http://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_096.pdf</t>
   </si>
   <si>
     <t>Requer do prefeito que faça instalação de um redutor de velocidade e construa um bueiro na rua Geraldo Antônio Reginaldo no setor Pedro José de Aleluia.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/136/req97.pdf</t>
+    <t>http://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/136/req97.pdf</t>
   </si>
   <si>
     <t>Requer do Excelentíssimo prefeito municipal Gilmar Pereira de Souza que faça a manutenção de um trecho da estrada vicinal na região da água vermelha nas proximidades da propriedade da senhora Maria Onofra.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Solicita a substituição dos colchões e camas hospitalares do hospital municipal Santo Antônio de Pádua.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Oneide</t>
   </si>
   <si>
     <t>Requer do prefeito municipal o excelentíssimo Sr. Gilmar Pereira de Souza que faça a aquisição ou construção de uma Rampa para troca de óleo a ser instalada na garagem municipal. Solicitamos também a instalação de uma caixa d’água com capacidade para de 5 mil litros nas mesmas dependências do prédio público.</t>
   </si>
@@ -825,68 +825,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/137/decreto_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_096.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/136/req97.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/137/decreto_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_096.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/sapl/public/materialegislativa/2021/136/req97.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldopassaquatro.go.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>